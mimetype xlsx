--- v0 (2026-01-30)
+++ v1 (2026-03-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Reporte de Proveedores" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="254">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
   <si>
     <t>REPORTE DE PROVEEDORES REGISTRADOS</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>N° DOCUMENTO</t>
   </si>
   <si>
     <t>TIPO</t>
   </si>
   <si>
     <t>DIRECCION</t>
   </si>
   <si>
     <t>TELEFONO</t>
   </si>
   <si>
     <t>CORREO ELECTRONICO</t>
   </si>
   <si>
@@ -383,56 +383,56 @@
   <si>
     <t>PRO. HUMBOLDT 1358 DPTO. 402 LA VICTORIA - LIMA</t>
   </si>
   <si>
     <t>G &amp; E COMPANY SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>A.H. SU SANTIDAD JUAN PABLO II MZA E8 LOTE 3 SAN JUAN DE LURIGANCHO LIMA LIMA</t>
   </si>
   <si>
     <t>GALIAN'S &amp; CIA S.A.C.</t>
   </si>
   <si>
     <t>SECTOR 3, GRUPO 23A MZA. D LOTE. 6 - VILLA EL SALVADOR - LIMA - LIMA</t>
   </si>
   <si>
     <t>GEEK  CORPORACION E.I.R.L.</t>
   </si>
   <si>
     <t>CALLE LOS JAZMINES 103 URB SANTA ROSA DE QUIVES - SANTA ANITA - LIMA</t>
   </si>
   <si>
     <t>GOTIFLEX MULTISERVICIOS GOTIFER S.A.C.</t>
   </si>
   <si>
+    <t>CALLE LOS METALES ANX. 8 MZA. D LOTE 16 PARQUE INDUSTRIAL SAN ANTONIO - HUAROCHIRI - LIMA</t>
+  </si>
+  <si>
     <t>CALLE LOS METALES ANX 8 MZA D LOTE 16 PARQUE INDUSTRIAL SAN ANTONIO - HUAROCHIRI -  LIMA</t>
   </si>
   <si>
-    <t>CALLE LOS METALES ANX. 8 MZA. D LOTE 16 PARQUE INDUSTRIAL SAN ANTONIO - HUAROCHIRI - LIMA</t>
-[...1 lines deleted...]
-  <si>
     <t>GRIMALDO VILLANUEVA DANNY RONALD</t>
   </si>
   <si>
     <t>AV. SAN FRANCISCO V MZA B LOTE 12 ALTURA PARADERO ROSA LUZ KM27.5 PANAMERICANA -PUENTE PIEDRA - LIMA</t>
   </si>
   <si>
     <t>GRUPO DIJESUR</t>
   </si>
   <si>
     <t>JR. MARIANO MELGAR NRO 621 PUNO - SAN ROMAN - JULIACA</t>
   </si>
   <si>
     <t>dijecon2014@gmail.com</t>
   </si>
   <si>
     <t>GRUPO MANURSA E.I.R.L.</t>
   </si>
   <si>
     <t>PRO NUÃEZ NRO 158 DPTO 101 URB SANTA ROSA APURIMAC ABANCAY</t>
   </si>
   <si>
     <t>grupomanursa@gmail.com</t>
   </si>
   <si>
     <t>GRUPO MEGATELG</t>
@@ -495,50 +495,59 @@
     <t>FACTURACIONELECTRONICA@HERRACOM.PE</t>
   </si>
   <si>
     <t>HUILLCA CONDEÃA DIMAS</t>
   </si>
   <si>
     <t>PROLONGACION PARINACOCHAS 1601 INT. 1 CRUCE CON AV. MEXICO - LA VICTORIA - LIMA.</t>
   </si>
   <si>
     <t>HUILLCA PATACA GILBERT</t>
   </si>
   <si>
     <t>AV. PANAMERICANA S/N SEC. AYAURCO BAJA CURAHUASI - ABANCAY</t>
   </si>
   <si>
     <t>IESTA S.A.C.</t>
   </si>
   <si>
     <t>AV. DEL PARQUE NORTE 1126 OF 102 - SAN BORJA - LIMA</t>
   </si>
   <si>
     <t>017481625</t>
   </si>
   <si>
     <t>VENTAS@IESTA.PE</t>
+  </si>
+  <si>
+    <t>IMPORT VILLALOBOS S.A.C.</t>
+  </si>
+  <si>
+    <t>JR. ACOMAYO NRO 477 CERCADO DE LIMA</t>
+  </si>
+  <si>
+    <t>importaciones.villalobos.sac@gmail.com</t>
   </si>
   <si>
     <t>IMPORTACIONES NEOPLAST S.A.C.</t>
   </si>
   <si>
     <t>CALLE NORUEGA 159 INT 101 URB LOS PORTALES DE JAVIER PRADO - ATE - LIMA</t>
   </si>
   <si>
     <t>INKAMAC DISTRIBUCIONES HUAMAN CALDERON GEORGE DANI</t>
   </si>
   <si>
     <t>CAL SORAMA 84 FRENTE EX GRANJA 2CDRA DE LA PLAZA SAN JERONIMO - CUSCO</t>
   </si>
   <si>
     <t>INSTATECHO TECHOS INSTANTANEOS S.A.C.</t>
   </si>
   <si>
     <t>CALLE LOS TULIPANES MZA I-1 LOTE 28 URB SEMI RUSTICA PUENTE PIEDRA - LIMA</t>
   </si>
   <si>
     <t>INVERSIONES &amp; NEGOCIACIONES VIALUX E.I.R.L.</t>
   </si>
   <si>
     <t>CRISANTEMOS MZA. M LOTE 11 LA MODERNA - ICA - ICA</t>
   </si>
@@ -1170,54 +1179,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G102"/>
+  <dimension ref="A1:G103"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="G102" sqref="G102"/>
+      <selection activeCell="G103" sqref="G103"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="100" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
     </row>
     <row r="2" spans="1:7">
@@ -2572,827 +2581,850 @@
       </c>
       <c r="C65" s="3">
         <v>20554228934</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>158</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>159</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C66" s="3">
-        <v>20562653415</v>
+        <v>20609095271</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="F66" s="3"/>
-      <c r="G66" s="3"/>
+      <c r="F66" s="3">
+        <v>983467741</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>163</v>
+      </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C67" s="3">
-        <v>10472019339</v>
+        <v>20562653415</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C68" s="3">
-        <v>20139235313</v>
+        <v>10472019339</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C69" s="3">
-        <v>20601083222</v>
+        <v>20139235313</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>168</v>
-[...4 lines deleted...]
-      <c r="G69" s="3" t="s">
         <v>169</v>
       </c>
+      <c r="F69" s="3"/>
+      <c r="G69" s="3"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C70" s="3">
-        <v>20600072359</v>
+        <v>20601083222</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>171</v>
       </c>
       <c r="F70" s="3">
-        <v>984342931</v>
+        <v>956628466</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C71" s="3">
-        <v>20602388833</v>
+        <v>20600072359</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>174</v>
       </c>
       <c r="F71" s="3">
-        <v>974976932</v>
-[...1 lines deleted...]
-      <c r="G71" s="3"/>
+        <v>984342931</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>175</v>
+      </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C72" s="3">
-        <v>10438356555</v>
+        <v>20602388833</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="F72" s="3"/>
+        <v>177</v>
+      </c>
+      <c r="F72" s="3">
+        <v>974976932</v>
+      </c>
       <c r="G72" s="3"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C73" s="3">
-        <v>10400130561</v>
+        <v>10438356555</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C74" s="3">
-        <v>10310151586</v>
+        <v>10400130561</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F74" s="3"/>
       <c r="G74" s="3"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C75" s="3">
-        <v>20603481471</v>
+        <v>10310151586</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>182</v>
-[...4 lines deleted...]
-      <c r="G75" s="3" t="s">
         <v>183</v>
       </c>
+      <c r="F75" s="3"/>
+      <c r="G75" s="3"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C76" s="3">
-        <v>20610104178</v>
+        <v>20603481471</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>185</v>
       </c>
       <c r="F76" s="3">
-        <v>974636465</v>
-[...1 lines deleted...]
-      <c r="G76" s="3"/>
+        <v>989313343</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>186</v>
+      </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C77" s="3">
-        <v>20524944776</v>
+        <v>20610104178</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F77" s="3">
-        <v>990222535</v>
-[...3 lines deleted...]
-      </c>
+        <v>974636465</v>
+      </c>
+      <c r="G77" s="3"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C78" s="3">
-        <v>20527319766</v>
+        <v>20524944776</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="F78" s="3" t="s">
+      <c r="F78" s="3">
+        <v>990222535</v>
+      </c>
+      <c r="G78" s="3" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C79" s="3">
+        <v>20527319766</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="C79" s="3">
-[...5 lines deleted...]
-      <c r="E79" s="3" t="s">
+      <c r="F79" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="F79" s="3">
-[...2 lines deleted...]
-      <c r="G79" s="3"/>
+      <c r="G79" s="3" t="s">
+        <v>195</v>
+      </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C80" s="3">
-        <v>20604330441</v>
+        <v>20501608077</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-      <c r="G80" s="3" t="s">
         <v>197</v>
       </c>
+      <c r="F80" s="3">
+        <v>929766309</v>
+      </c>
+      <c r="G80" s="3"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C81" s="3">
-        <v>10702816837</v>
+        <v>20604330441</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="F81" s="3">
-[...2 lines deleted...]
-      <c r="G81" s="3"/>
+      <c r="F81" s="3"/>
+      <c r="G81" s="3" t="s">
+        <v>200</v>
+      </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C82" s="3">
-        <v>20606163003</v>
+        <v>10702816837</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F82" s="3">
-        <v>939920730</v>
-[...3 lines deleted...]
-      </c>
+        <v>969737081</v>
+      </c>
+      <c r="G82" s="3"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C83" s="3">
-        <v>20421367605</v>
+        <v>20606163003</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>204</v>
       </c>
       <c r="F83" s="3">
-        <v>3622343</v>
+        <v>939920730</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C84" s="3">
-        <v>20490593293</v>
+        <v>20421367605</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="F84" s="3"/>
-      <c r="G84" s="3"/>
+      <c r="F84" s="3">
+        <v>3622343</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>208</v>
+      </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C85" s="3">
-        <v>20607704270</v>
+        <v>20490593293</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>209</v>
-[...4 lines deleted...]
-      <c r="G85" s="3" t="s">
         <v>210</v>
       </c>
+      <c r="F85" s="3"/>
+      <c r="G85" s="3"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C86" s="3">
-        <v>10458472098</v>
+        <v>20607704270</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="F86" s="3"/>
-      <c r="G86" s="3"/>
+      <c r="F86" s="3">
+        <v>963526155</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>213</v>
+      </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C87" s="3">
-        <v>20490831577</v>
+        <v>10458472098</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>214</v>
-[...4 lines deleted...]
-      <c r="G87" s="3" t="s">
         <v>215</v>
       </c>
+      <c r="F87" s="3"/>
+      <c r="G87" s="3"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C88" s="3">
-        <v>20603526962</v>
+        <v>20490831577</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>217</v>
       </c>
       <c r="F88" s="3">
-        <v>6139090</v>
-[...1 lines deleted...]
-      <c r="G88" s="3"/>
+        <v>984631424</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>218</v>
+      </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C89" s="3">
-        <v>20547275421</v>
+        <v>20603526962</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F89" s="3">
-        <v>999373700</v>
-[...3 lines deleted...]
-      </c>
+        <v>6139090</v>
+      </c>
+      <c r="G89" s="3"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C90" s="3">
-        <v>20490588028</v>
+        <v>20547275421</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>222</v>
       </c>
       <c r="F90" s="3">
-        <v>961525045</v>
+        <v>999373700</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C91" s="3">
-        <v>20601709326</v>
+        <v>20490588028</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="F91" s="3"/>
+      <c r="F91" s="3">
+        <v>961525045</v>
+      </c>
       <c r="G91" s="3" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C92" s="3">
-        <v>10435662523</v>
+        <v>20601709326</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="F92" s="3">
-[...2 lines deleted...]
-      <c r="G92" s="3"/>
+      <c r="F92" s="3"/>
+      <c r="G92" s="3" t="s">
+        <v>229</v>
+      </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C93" s="3">
-        <v>20605941169</v>
+        <v>10435662523</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F93" s="3">
-        <v>922192666</v>
+        <v>986084908</v>
       </c>
       <c r="G93" s="3"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C94" s="3">
-        <v>10411085339</v>
+        <v>20605941169</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F94" s="3">
-        <v>984820060</v>
-[...3 lines deleted...]
-      </c>
+        <v>922192666</v>
+      </c>
+      <c r="G94" s="3"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C95" s="3">
-        <v>20448121691</v>
+        <v>10411085339</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>235</v>
       </c>
       <c r="F95" s="3">
-        <v>951505552</v>
+        <v>984820060</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C96" s="3">
-        <v>20253339005</v>
+        <v>20448121691</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>238</v>
       </c>
       <c r="F96" s="3">
-        <v>991661059</v>
-[...1 lines deleted...]
-      <c r="G96" s="3"/>
+        <v>951505552</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>239</v>
+      </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C97" s="3">
-        <v>20609482193</v>
+        <v>20253339005</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="F97" s="3"/>
+        <v>241</v>
+      </c>
+      <c r="F97" s="3">
+        <v>991661059</v>
+      </c>
       <c r="G97" s="3"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C98" s="3">
-        <v>10420540669</v>
+        <v>20609482193</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F98" s="3"/>
       <c r="G98" s="3"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C99" s="3">
-        <v>20607046159</v>
+        <v>10420540669</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>244</v>
-[...3 lines deleted...]
-      </c>
+        <v>245</v>
+      </c>
+      <c r="F99" s="3"/>
       <c r="G99" s="3"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C100" s="3">
-        <v>20603242743</v>
+        <v>20607046159</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F100" s="3">
-        <v>977703557</v>
+        <v>947265092</v>
       </c>
       <c r="G100" s="3"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C101" s="3">
-        <v>20278641717</v>
+        <v>20603242743</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F101" s="3">
-        <v>984554384</v>
-[...3 lines deleted...]
-      </c>
+        <v>977703557</v>
+      </c>
+      <c r="G101" s="3"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C102" s="3">
-        <v>20358035052</v>
+        <v>20278641717</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="F102" s="3" t="s">
+      <c r="F102" s="3">
+        <v>984554384</v>
+      </c>
+      <c r="G102" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="G102" s="3" t="s">
+    </row>
+    <row r="103" spans="1:7">
+      <c r="A103" s="3">
+        <v>101</v>
+      </c>
+      <c r="B103" s="3" t="s">
         <v>253</v>
+      </c>
+      <c r="C103" s="3">
+        <v>20358035052</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>256</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>